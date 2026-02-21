--- v0 (2025-12-23)
+++ v1 (2026-02-21)
@@ -5,87 +5,87 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iapmeipt.sharepoint.com/sites/PRR-DIN-GO/Documentos Partilhados/General/C16 - Empresas 4.0/FPP - Vouchers/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iapmeipt-my.sharepoint.com/personal/rui_chocas_iapmei_pt/Documents/Ambiente de Trabalho/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{F17629C2-E6E2-4B19-83EC-B5374E822CEE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{95E838C6-A6E8-4305-A86E-33793FF10C39}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="1SBPUiqaFYIteOCJhgkrqcB3LA9GjxXW7gVcB6GjcbcKqP7sv0+KiCv1fnZCvxQ/2BCdoWY17yNmfJ5/nyfNoQ==" workbookSaltValue="f4wr/8ALemNv1X3zLgyqdQ==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{0E77A59A-56A6-4155-BC3C-DCEF9FB0C1AD}"/>
+    <workbookView xWindow="22932" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{0E77A59A-56A6-4155-BC3C-DCEF9FB0C1AD}"/>
   </bookViews>
   <sheets>
     <sheet name="RPF" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">RPF!$A$1:$G$48</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">RPF!$A$1:$G$53</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="23">
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>N.º de Projeto</t>
   </si>
   <si>
     <t>Beneficiário</t>
   </si>
   <si>
     <t>Indicadores de resultado</t>
   </si>
   <si>
     <t>Designação</t>
   </si>
   <si>
     <t>Meta</t>
   </si>
   <si>
     <t>Realizado</t>
   </si>
   <si>
     <t>Identificação de qual(ais)</t>
   </si>
   <si>
@@ -153,50 +153,53 @@
       <t xml:space="preserve">Nº de produtos ou serviços com forte componente digital ou tecnológica, com potencial de escalabilidade.                 </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Trebuchet MS"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  (A ser preenchido aos Beneficiários Finais no âmbito do Aviso Nº21 - Dotação Geral)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Nº de produtos ou serviços que contribuam positivamente para a transição climática ou implementados no setor Agrotech, quando aplicável.          </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Trebuchet MS"/>
         <family val="2"/>
       </rPr>
       <t>(A ser preenchido aos Beneficiários Finais no âmbito do Aviso Nº21 - Dotação Contributo Positivo e Dotação Agrotech)</t>
     </r>
+  </si>
+  <si>
+    <t>Aquisição ou aluguer operacional de equipamentos, bem como custos de licenciamento ou de subscrição de software, destinado às atividades a desenvolver no âmbito do projeto</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Trebuchet MS"/>
@@ -381,80 +384,80 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
@@ -898,86 +901,86 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E5C931B9-B0D0-4827-AE74-9A5090413D80}">
   <sheetPr codeName="Folha1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G48"/>
+  <dimension ref="A1:G53"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScale="130" zoomScaleNormal="100" zoomScaleSheetLayoutView="130" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:G2"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScale="85" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0">
+      <selection activeCell="A32" sqref="A32:G32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.21875" defaultRowHeight="14.4" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="17.77734375" style="1" customWidth="1"/>
     <col min="2" max="2" width="16.21875" style="1" customWidth="1"/>
     <col min="3" max="4" width="12.6640625" style="1" customWidth="1"/>
     <col min="5" max="5" width="19.6640625" style="1" customWidth="1"/>
     <col min="6" max="6" width="16.77734375" style="1" customWidth="1"/>
     <col min="7" max="7" width="27.21875" style="1" customWidth="1"/>
     <col min="8" max="16384" width="9.21875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="55.05" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="20"/>
       <c r="B1" s="20"/>
       <c r="C1" s="20"/>
       <c r="D1" s="20"/>
       <c r="E1" s="20"/>
       <c r="F1" s="20"/>
       <c r="G1" s="20"/>
     </row>
     <row r="2" spans="1:7" ht="55.05" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="33" t="s">
+      <c r="A2" s="25" t="s">
         <v>18</v>
       </c>
-      <c r="B2" s="33"/>
-[...4 lines deleted...]
-      <c r="G2" s="33"/>
+      <c r="B2" s="25"/>
+      <c r="C2" s="25"/>
+      <c r="D2" s="25"/>
+      <c r="E2" s="25"/>
+      <c r="F2" s="25"/>
+      <c r="G2" s="25"/>
     </row>
     <row r="3" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
     </row>
     <row r="4" spans="1:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="8"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
     </row>
     <row r="5" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="3"/>
       <c r="B5" s="3"/>
     </row>
     <row r="6" spans="1:7" ht="24.6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="4" t="s">
         <v>2</v>
@@ -1103,340 +1106,372 @@
     </row>
     <row r="22" spans="1:7" ht="300" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="22"/>
       <c r="B22" s="23"/>
       <c r="C22" s="23"/>
       <c r="D22" s="23"/>
       <c r="E22" s="23"/>
       <c r="F22" s="23"/>
       <c r="G22" s="24"/>
     </row>
     <row r="23" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B23" s="16"/>
       <c r="C23" s="11"/>
       <c r="D23" s="12"/>
       <c r="E23" s="12"/>
       <c r="F23" s="12"/>
       <c r="G23" s="13"/>
     </row>
     <row r="24" spans="1:7" ht="9" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="3"/>
       <c r="B24" s="3"/>
     </row>
-    <row r="25" spans="1:7" s="6" customFormat="1" ht="21.45" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:7" ht="34.799999999999997" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="21" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B25" s="21"/>
       <c r="C25" s="21"/>
       <c r="D25" s="21"/>
       <c r="E25" s="21"/>
       <c r="F25" s="21"/>
       <c r="G25" s="21"/>
     </row>
     <row r="26" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="3"/>
       <c r="B26" s="3"/>
     </row>
     <row r="27" spans="1:7" ht="300" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="22"/>
       <c r="B27" s="23"/>
       <c r="C27" s="23"/>
       <c r="D27" s="23"/>
       <c r="E27" s="23"/>
       <c r="F27" s="23"/>
       <c r="G27" s="24"/>
     </row>
     <row r="28" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B28" s="16"/>
       <c r="C28" s="11"/>
       <c r="D28" s="12"/>
       <c r="E28" s="12"/>
       <c r="F28" s="12"/>
       <c r="G28" s="13"/>
     </row>
-    <row r="29" spans="1:7" ht="9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:7" ht="11.4" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="3"/>
       <c r="B29" s="3"/>
     </row>
-    <row r="30" spans="1:7" s="6" customFormat="1" ht="18.45" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:7" s="6" customFormat="1" ht="21.45" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="21" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B30" s="21"/>
       <c r="C30" s="21"/>
       <c r="D30" s="21"/>
       <c r="E30" s="21"/>
       <c r="F30" s="21"/>
       <c r="G30" s="21"/>
     </row>
     <row r="31" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="3"/>
       <c r="B31" s="3"/>
     </row>
     <row r="32" spans="1:7" ht="300" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="22"/>
       <c r="B32" s="23"/>
       <c r="C32" s="23"/>
       <c r="D32" s="23"/>
       <c r="E32" s="23"/>
       <c r="F32" s="23"/>
       <c r="G32" s="24"/>
     </row>
     <row r="33" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B33" s="16"/>
       <c r="C33" s="11"/>
       <c r="D33" s="12"/>
       <c r="E33" s="12"/>
       <c r="F33" s="12"/>
       <c r="G33" s="13"/>
     </row>
     <row r="34" spans="1:7" ht="9" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="3"/>
       <c r="B34" s="3"/>
     </row>
-    <row r="35" spans="1:7" ht="28.2" customHeight="1" x14ac:dyDescent="0.35">
-[...8 lines deleted...]
-      <c r="G35" s="10"/>
+    <row r="35" spans="1:7" s="6" customFormat="1" ht="18.45" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="B35" s="21"/>
+      <c r="C35" s="21"/>
+      <c r="D35" s="21"/>
+      <c r="E35" s="21"/>
+      <c r="F35" s="21"/>
+      <c r="G35" s="21"/>
     </row>
     <row r="36" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="3"/>
       <c r="B36" s="3"/>
     </row>
-    <row r="37" spans="1:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A37" s="17" t="s">
+    <row r="37" spans="1:7" ht="300" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="22"/>
+      <c r="B37" s="23"/>
+      <c r="C37" s="23"/>
+      <c r="D37" s="23"/>
+      <c r="E37" s="23"/>
+      <c r="F37" s="23"/>
+      <c r="G37" s="24"/>
+    </row>
+    <row r="38" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B38" s="16"/>
+      <c r="C38" s="11"/>
+      <c r="D38" s="12"/>
+      <c r="E38" s="12"/>
+      <c r="F38" s="12"/>
+      <c r="G38" s="13"/>
+    </row>
+    <row r="39" spans="1:7" ht="9" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="3"/>
+      <c r="B39" s="3"/>
+    </row>
+    <row r="40" spans="1:7" ht="28.2" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="B40" s="10"/>
+      <c r="C40" s="10"/>
+      <c r="D40" s="10"/>
+      <c r="E40" s="10"/>
+      <c r="F40" s="10"/>
+      <c r="G40" s="10"/>
+    </row>
+    <row r="41" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="3"/>
+      <c r="B41" s="3"/>
+    </row>
+    <row r="42" spans="1:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="17" t="s">
         <v>4</v>
       </c>
-      <c r="B37" s="18"/>
-      <c r="C37" s="5" t="s">
+      <c r="B42" s="18"/>
+      <c r="C42" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="D37" s="5" t="s">
+      <c r="D42" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="E37" s="19" t="s">
+      <c r="E42" s="19" t="s">
         <v>7</v>
       </c>
-      <c r="F37" s="19"/>
-[...11 lines deleted...]
-      <c r="A39" s="14" t="s">
+      <c r="F42" s="19"/>
+      <c r="G42" s="19"/>
+    </row>
+    <row r="43" spans="1:7" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="2"/>
+      <c r="B43" s="3"/>
+      <c r="C43" s="3"/>
+      <c r="D43" s="3"/>
+      <c r="E43" s="3"/>
+      <c r="F43" s="3"/>
+    </row>
+    <row r="44" spans="1:7" ht="71.55" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="14" t="s">
         <v>19</v>
       </c>
-      <c r="B39" s="14"/>
-[...7 lines deleted...]
-      <c r="A40" s="15" t="s">
+      <c r="B44" s="14"/>
+      <c r="C44" s="9"/>
+      <c r="D44" s="9"/>
+      <c r="E44" s="11"/>
+      <c r="F44" s="12"/>
+      <c r="G44" s="13"/>
+    </row>
+    <row r="45" spans="1:7" ht="71.55" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="15" t="s">
         <v>20</v>
       </c>
-      <c r="B40" s="16"/>
-[...7 lines deleted...]
-      <c r="A41" s="14" t="s">
+      <c r="B45" s="16"/>
+      <c r="C45" s="9"/>
+      <c r="D45" s="9"/>
+      <c r="E45" s="11"/>
+      <c r="F45" s="12"/>
+      <c r="G45" s="13"/>
+    </row>
+    <row r="46" spans="1:7" ht="100.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="B41" s="14"/>
-[...11 lines deleted...]
-      <c r="A43" s="10" t="s">
+      <c r="B46" s="14"/>
+      <c r="C46" s="9"/>
+      <c r="D46" s="9"/>
+      <c r="E46" s="11"/>
+      <c r="F46" s="12"/>
+      <c r="G46" s="13"/>
+    </row>
+    <row r="47" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A47" s="3"/>
+      <c r="B47" s="3"/>
+    </row>
+    <row r="48" spans="1:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="B43" s="10"/>
-[...25 lines deleted...]
-      <c r="A47" s="25" t="s">
+      <c r="B48" s="10"/>
+      <c r="C48" s="10"/>
+      <c r="D48" s="10"/>
+      <c r="E48" s="10"/>
+      <c r="F48" s="10"/>
+      <c r="G48" s="10"/>
+    </row>
+    <row r="49" spans="1:7" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="2"/>
+      <c r="B49" s="3"/>
+      <c r="C49" s="3"/>
+      <c r="D49" s="3"/>
+      <c r="E49" s="3"/>
+      <c r="F49" s="3"/>
+    </row>
+    <row r="50" spans="1:7" ht="141" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A50" s="22"/>
+      <c r="B50" s="23"/>
+      <c r="C50" s="23"/>
+      <c r="D50" s="23"/>
+      <c r="E50" s="23"/>
+      <c r="F50" s="23"/>
+      <c r="G50" s="24"/>
+    </row>
+    <row r="51" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="52" spans="1:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A52" s="26" t="s">
         <v>0</v>
       </c>
-      <c r="B47" s="25"/>
-      <c r="E47" s="27" t="s">
+      <c r="B52" s="26"/>
+      <c r="E52" s="28" t="s">
         <v>10</v>
       </c>
-      <c r="F47" s="28"/>
-[...7 lines deleted...]
-      <c r="G48" s="32"/>
+      <c r="F52" s="29"/>
+      <c r="G52" s="30"/>
+    </row>
+    <row r="53" spans="1:7" ht="60" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A53" s="27"/>
+      <c r="B53" s="27"/>
+      <c r="E53" s="31"/>
+      <c r="F53" s="32"/>
+      <c r="G53" s="33"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Z6J0VUMRTnXAmMJCE57oY8aPZKgvgORakrzbc+KNP98urM1PSzZQiYsmD1mI9ueuAFWLJyIjH3HPC2Vs24/jTA==" saltValue="PFpmvJcoQEeOJIeBXQ+Z0A==" spinCount="100000" sheet="1" formatRows="0"/>
-[...1 lines deleted...]
-    <mergeCell ref="C33:G33"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="YgA8OTG2p8HmZ8wK5JyVzSW4d7VBLsilCkPVx7mE43M1vYm/wPs+YklKXjbkUxhny1jhYVEleeAqcT6hhqllWQ==" saltValue="BbpKr9TaPYIi1rj3mlrDrA==" spinCount="100000" sheet="1" formatRows="0"/>
+  <mergeCells count="43">
+    <mergeCell ref="C38:G38"/>
     <mergeCell ref="B6:G6"/>
     <mergeCell ref="A22:G22"/>
     <mergeCell ref="A23:B23"/>
     <mergeCell ref="C23:G23"/>
+    <mergeCell ref="A30:G30"/>
+    <mergeCell ref="A32:G32"/>
+    <mergeCell ref="A33:B33"/>
+    <mergeCell ref="C33:G33"/>
+    <mergeCell ref="A35:G35"/>
+    <mergeCell ref="A37:G37"/>
     <mergeCell ref="A25:G25"/>
     <mergeCell ref="A27:G27"/>
     <mergeCell ref="A28:B28"/>
     <mergeCell ref="C28:G28"/>
-    <mergeCell ref="A30:G30"/>
-[...8 lines deleted...]
-    <mergeCell ref="E37:G37"/>
+    <mergeCell ref="A52:B52"/>
+    <mergeCell ref="A53:B53"/>
+    <mergeCell ref="E52:G52"/>
+    <mergeCell ref="E53:G53"/>
+    <mergeCell ref="A50:G50"/>
+    <mergeCell ref="A40:G40"/>
+    <mergeCell ref="A42:B42"/>
+    <mergeCell ref="E42:G42"/>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A8:G8"/>
     <mergeCell ref="A10:G10"/>
     <mergeCell ref="A12:G12"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="C13:G13"/>
     <mergeCell ref="A15:G15"/>
     <mergeCell ref="A17:G17"/>
     <mergeCell ref="A18:B18"/>
     <mergeCell ref="C18:G18"/>
     <mergeCell ref="A20:G20"/>
     <mergeCell ref="A2:G2"/>
-    <mergeCell ref="A33:B33"/>
-[...6 lines deleted...]
-    <mergeCell ref="E40:G40"/>
+    <mergeCell ref="A38:B38"/>
+    <mergeCell ref="A48:G48"/>
+    <mergeCell ref="E44:G44"/>
+    <mergeCell ref="E46:G46"/>
+    <mergeCell ref="A44:B44"/>
+    <mergeCell ref="A46:B46"/>
+    <mergeCell ref="A45:B45"/>
+    <mergeCell ref="E45:G45"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="71" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="18" max="6" man="1"/>
-    <brk id="29" max="6" man="1"/>
+    <brk id="34" max="6" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="743418ab-9272-4af9-ae27-994b3ad76041" xmlns:ns3="cab6d945-fe11-4c74-8ae2-814dbd84c418" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="42cd89c92cc7ffb5e0279ddc1e2c289a" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100562EFF715201DD42B9E72CDD44402662" ma:contentTypeVersion="15" ma:contentTypeDescription="Criar um novo documento." ma:contentTypeScope="" ma:versionID="bf517f2a8b9be561b1f8d7d899f5fdc1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="743418ab-9272-4af9-ae27-994b3ad76041" xmlns:ns3="cab6d945-fe11-4c74-8ae2-814dbd84c418" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a70de21629fa7f5e83c71aa9eb618411" ns2:_="" ns3:_="">
     <xsd:import namespace="743418ab-9272-4af9-ae27-994b3ad76041"/>
     <xsd:import namespace="cab6d945-fe11-4c74-8ae2-814dbd84c418"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -1625,77 +1660,103 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="743418ab-9272-4af9-ae27-994b3ad76041">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="cab6d945-fe11-4c74-8ae2-814dbd84c418" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DAA99536-F678-46E3-9687-B9407BE79D69}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5BE83EE-E9D2-4F06-8D7D-C98A2A004313}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="743418ab-9272-4af9-ae27-994b3ad76041"/>
+    <ds:schemaRef ds:uri="cab6d945-fe11-4c74-8ae2-814dbd84c418"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BECA1309-9287-4986-B6C6-15D8B1121E71}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="cab6d945-fe11-4c74-8ae2-814dbd84c418"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="743418ab-9272-4af9-ae27-994b3ad76041"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...10 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{83E9F60E-2FE6-4A61-AC91-10C5DC3ADB24}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Folhas de Cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalos com Nome</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">